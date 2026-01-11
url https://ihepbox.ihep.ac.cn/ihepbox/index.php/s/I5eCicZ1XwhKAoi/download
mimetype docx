--- v0 (2025-10-11)
+++ v1 (2026-01-11)
@@ -26,648 +26,1096 @@
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:shd w:val="nil" w:color="auto" w:fill="000000"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">ROC 运行小记 2025.3</w:t>
-[...14 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">ROC年底整修 （202601）</w:t>
+      </w:r>
+      <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="72"/>
+          <w:numId w:val="73"/>
         </w:numPr>
         <w:shd w:val="nil" w:color="auto" w:fill="000000"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">需提醒DQM值班员打开事例显示电视屏</w:t>
+        <w:t xml:space="preserve">26年值班时间表</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:r>
+      <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:pStyle w:val="772"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="73"/>
+        </w:numPr>
         <w:shd w:val="nil" w:color="auto" w:fill="000000"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
+        <w:t xml:space="preserve">确认期间计算中心on call.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="709" w:firstLine="0"/>
+        <w:shd w:val="nil" w:color="auto" w:fill="000000"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:pBdr>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:pBdr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="772"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="73"/>
+        </w:numPr>
+        <w:shd w:val="nil" w:color="auto" w:fill="000000"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:pBdr>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:pBdr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">网线接口</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="772"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="73"/>
+        </w:numPr>
+        <w:shd w:val="nil" w:color="auto" w:fill="000000"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:pBdr>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:pBdr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">备用网路检查</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="772"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="73"/>
+        </w:numPr>
+        <w:shd w:val="nil" w:color="auto" w:fill="000000"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:pBdr>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:pBdr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">美洲时钟</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="772"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="73"/>
+        </w:numPr>
+        <w:shd w:val="nil" w:color="auto" w:fill="000000"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:pBdr>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:pBdr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">遥控优化</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="709" w:firstLine="0"/>
+        <w:shd w:val="nil" w:color="auto" w:fill="000000"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:pBdr>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:pBdr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="772"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="73"/>
+        </w:numPr>
+        <w:shd w:val="nil" w:color="auto" w:fill="000000"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:pBdr>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:pBdr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">更新26年门禁密码</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="772"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="73"/>
+        </w:numPr>
+        <w:shd w:val="nil" w:color="auto" w:fill="000000"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:pBdr>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:pBdr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">更新计算机26年操作密码</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="709" w:firstLine="0"/>
+        <w:shd w:val="nil" w:color="auto" w:fill="000000"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:pBdr>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:pBdr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="772"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="73"/>
+        </w:numPr>
+        <w:shd w:val="nil" w:color="auto" w:fill="000000"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:pBdr>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:pBdr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">更新教程并打印</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:shd w:val="nil" w:color="auto" w:fill="000000"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:pBdr>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:pBdr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ROC 运行小记 2025.3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="772"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="72"/>
+        </w:numPr>
+        <w:shd w:val="nil" w:color="auto" w:fill="000000"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:pBdr>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:pBdr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">需提醒DQM值班员打开事例显示电视屏</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:shd w:val="nil" w:color="auto" w:fill="000000"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:pBdr>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:pBdr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve">ROC升级（202501）</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="64"/>
         </w:numPr>
         <w:ind w:right="0"/>
         <w:spacing w:after="0" w:before="0"/>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">值班系统整修 (task force group: 计算中心+ ...)</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="64"/>
         </w:numPr>
         <w:ind w:right="0"/>
         <w:spacing w:after="0" w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">加个电视机屏 </w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="64"/>
         </w:numPr>
         <w:ind w:right="0"/>
         <w:spacing w:after="0" w:before="0"/>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">DQM，事例展示</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="64"/>
         </w:numPr>
         <w:ind w:right="0"/>
         <w:spacing w:after="0" w:before="0"/>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">fireworks </w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="64"/>
         </w:numPr>
         <w:ind w:right="0"/>
         <w:spacing w:after="0" w:before="0"/>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">https://cmsonline.cern.ch/webcenter/portal/cmsonline/pages_common/eventdisplay</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="64"/>
         </w:numPr>
         <w:ind w:right="0"/>
         <w:spacing w:after="0" w:before="0"/>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">桌上显示器抬高</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="64"/>
         </w:numPr>
         <w:ind w:right="0"/>
         <w:spacing w:after="0" w:before="0"/>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">桌上会议系统加装acrobat </w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="65"/>
         </w:numPr>
         <w:ind w:right="0"/>
         <w:spacing w:after="0" w:before="0"/>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">电视终端显示优化 </w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="65"/>
         </w:numPr>
         <w:ind w:right="0"/>
         <w:spacing w:after="0" w:before="0"/>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">内置网页链接</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="65"/>
         </w:numPr>
         <w:ind w:right="0"/>
         <w:spacing w:after="0" w:before="0"/>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">遥控器独立控制</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="65"/>
         </w:numPr>
         <w:ind w:right="0"/>
         <w:spacing w:after="0" w:before="0"/>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">门口加装视频在线提示灯</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="65"/>
         </w:numPr>
         <w:ind w:right="0"/>
         <w:spacing w:after="0" w:before="0"/>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">值班状态点亮</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="65"/>
         </w:numPr>
         <w:ind w:right="0"/>
         <w:spacing w:after="0" w:before="0"/>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">退库</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="65"/>
         </w:numPr>
         <w:ind w:right="0"/>
         <w:spacing w:after="0" w:before="0"/>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">线槽</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="65"/>
         </w:numPr>
         <w:ind w:right="0"/>
         <w:spacing w:after="0" w:before="0"/>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">门锁修理</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="65"/>
         </w:numPr>
         <w:ind w:right="0"/>
         <w:spacing w:after="0" w:before="0"/>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">换25年密码</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="65"/>
         </w:numPr>
         <w:ind w:right="0"/>
         <w:spacing w:after="0" w:before="0"/>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">门</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="65"/>
         </w:numPr>
         <w:ind w:right="0"/>
         <w:spacing w:after="0" w:before="0"/>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">主机</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
@@ -697,233 +1145,233 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:right="0"/>
         <w:spacing w:after="0" w:before="0"/>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="66"/>
         </w:numPr>
         <w:ind w:right="0"/>
         <w:spacing w:after="0" w:before="0"/>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">值班室室内整修 (Task force group: 计算中心+ 秘书+ ... )</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="66"/>
         </w:numPr>
         <w:ind w:right="0"/>
         <w:spacing w:after="0" w:before="0"/>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">展板</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="66"/>
         </w:numPr>
         <w:ind w:right="0"/>
         <w:spacing w:after="0" w:before="0"/>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CMS</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="66"/>
         </w:numPr>
         <w:ind w:right="0"/>
         <w:spacing w:after="0" w:before="0"/>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">IHEP ROC</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="66"/>
         </w:numPr>
         <w:ind w:right="0"/>
         <w:spacing w:after="0" w:before="0"/>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">规划图</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="67"/>
         </w:numPr>
         <w:ind w:right="0"/>
         <w:spacing w:after="0" w:before="0"/>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">挂表</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="67"/>
         </w:numPr>
         <w:ind w:right="0"/>
         <w:spacing w:after="0" w:before="0"/>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">洲+代表时区</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="70"/>
         </w:numPr>
         <w:ind w:right="0"/>
         <w:spacing w:after="0" w:before="0"/>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">挂牌</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
@@ -932,124 +1380,124 @@
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="68"/>
         </w:numPr>
         <w:ind w:right="0"/>
         <w:spacing w:after="0" w:before="0"/>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">小桌 (参考226)</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="68"/>
         </w:numPr>
         <w:ind w:right="0"/>
         <w:spacing w:after="0" w:before="0"/>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">财务报表</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="1417" w:right="0" w:firstLine="0"/>
         <w:spacing w:after="0" w:before="0"/>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="68"/>
         </w:numPr>
         <w:ind w:right="0"/>
         <w:spacing w:after="0" w:before="0"/>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">打印值班室标准照并挂提醒到白板</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
@@ -1065,111 +1513,111 @@
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="69"/>
         </w:numPr>
         <w:ind w:right="0"/>
         <w:spacing w:after="0" w:before="0"/>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">教程Task force group (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Tahir\Anwar\Nazima\杨昊中\北航学生\秘书)</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="69"/>
         </w:numPr>
         <w:ind w:right="0"/>
         <w:spacing w:after="0" w:before="0"/>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">更新latex</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="69"/>
         </w:numPr>
         <w:ind w:right="0"/>
         <w:spacing w:after="0" w:before="0"/>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">成册</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1245,281 +1693,281 @@
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">DQM工作台</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">操作机 （</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Alma linux 9）</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">新购</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">主机1台</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">新购</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">显示器 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">4台（值班主机外接）+ 拼接基座</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">？</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">屏幕增大尺寸</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">操作机</w:t>
       </w:r>
@@ -1535,189 +1983,189 @@
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Alma linux 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">）</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">新购</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">笔记本</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">置于中心大桌</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">DQM会议系统 （</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Windows11）</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:highlight w:val="white"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">由于值班期间需切入不同zoom频道，此系统需同ROC通用系统同时工作</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">置于DQM工作台</w:t>
       </w:r>
@@ -1725,87 +2173,87 @@
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">春季值班由值班员个人电脑代此功能</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">有效图像为DQM值班员</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
@@ -1874,384 +2322,384 @@
           <w:highlight w:val="white"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">，需讨论合理布局</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">）</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Window11 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">主机 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">春天已购</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">有效图像为整个值班室</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">摄像头 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">春天已购</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">需上墙 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">视野需覆盖室内三个工作台，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">东墙或东南？</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">小米电视上墙</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">新购</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">普通显示器</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">电视机屏复制显示, </w:t>
       </w:r>
@@ -2267,51 +2715,51 @@
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> （已购主机支持屏幕显示数量有限）</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">多输入, 值班时接DQM会议机</w:t>
       </w:r>
@@ -2559,206 +3007,206 @@
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">其他：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">转椅2个</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">走线</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="61"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">茶水台 （60x50 H70）</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">白板</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  (50x60)</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">挂在茶水台上方，张贴值班室规程、注意事项等</w:t>
@@ -2786,125 +3234,125 @@
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">应急方案</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="62"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">备用5G网络</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="63"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i w:val="false"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">备用电源</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i w:val="false"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="63"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i w:val="false"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">两个笔记本电池工作供电10小时+wifi 。</w:t>
@@ -2963,51 +3411,51 @@
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">待定</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="51"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
@@ -3047,79 +3495,79 @@
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">存在问题</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">各mic之间混响问题</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:lineRule="auto" w:line="240"/>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Windows版本  所公共/单用户授权</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
@@ -3551,378 +3999,378 @@
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">操作用显示器 (~ 机身54cm 宽，40cm 高，屏净高约 30cm)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4台（值班主机外接）+ 拼接基座</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2台（培训机外接）</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">会议用电脑</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">windows 主机</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2台（ Zoom主机）</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">建议小型机箱。价位、性能中等。</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">其中一台需兼容两个hdmi接口</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">会议用webcam 1个。</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">个人用摄像头，带麦克一个。需放置在显示屏上方。</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">显示器1台</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">网线+ 电源杂项</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2台展示屏</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 电视机（~ 96cmx60cm，网页内置打开</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">）+ 上墙服务</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">门锁</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">双扇木门。门厚度~45 mm</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">密码或钥匙两种开门模式。需包安装</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:r>
@@ -3931,51 +4379,51 @@
     <w:p>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:pBdr>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">工作台</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">加一台</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:pBdr>
@@ -4251,151 +4699,151 @@
           <w:sz w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">20240108</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">北面</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">电视机新装</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">四屏调整（减小中间空隙）</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">插线板</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">加一个十头的</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">门锁</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">南面</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">摄像头支架</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="709" w:firstLine="0"/>
       </w:pPr>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">备用机</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="768"/>
+        <w:pStyle w:val="772"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">显示器线口</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
     </w:p>
     <w:sectPr>
       <w:footnotePr/>
       <w:endnotePr/>
       <w:type w:val="nextPage"/>
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:num="1" w:sep="0" w:space="708" w:equalWidth="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
@@ -13765,50 +14213,179 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:eastAsia="Courier New"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:isLgl w:val="false"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7177" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:eastAsia="Courier New"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="71">
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="·"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="709" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:eastAsia="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:eastAsia="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="§"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:eastAsia="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="·"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:eastAsia="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:eastAsia="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="§"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:eastAsia="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="·"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:eastAsia="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:eastAsia="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="§"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:eastAsia="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="72">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:isLgl w:val="false"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="·"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="709" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:eastAsia="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:isLgl w:val="false"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
@@ -14109,50 +14686,53 @@
   </w:num>
   <w:num w:numId="65">
     <w:abstractNumId w:val="64"/>
   </w:num>
   <w:num w:numId="66">
     <w:abstractNumId w:val="65"/>
   </w:num>
   <w:num w:numId="67">
     <w:abstractNumId w:val="66"/>
   </w:num>
   <w:num w:numId="68">
     <w:abstractNumId w:val="67"/>
   </w:num>
   <w:num w:numId="69">
     <w:abstractNumId w:val="68"/>
   </w:num>
   <w:num w:numId="70">
     <w:abstractNumId w:val="69"/>
   </w:num>
   <w:num w:numId="71">
     <w:abstractNumId w:val="70"/>
   </w:num>
   <w:num w:numId="72">
     <w:abstractNumId w:val="71"/>
   </w:num>
+  <w:num w:numId="73">
+    <w:abstractNumId w:val="72"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml">
   <w:clrSchemeMapping w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:bg1="light1" w:bg2="light2" w:followedHyperlink="followedHyperlink" w:hyperlink="hyperlink" w:t1="dark1" w:t2="dark2"/>
   <w:defaultTabStop w:val="708"/>
   <m:mathPr/>
   <w:trackRevisions w:val="false"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:numFmt w:val="decimal"/>
     <w:numRestart w:val="continuous"/>
     <w:numStart w:val="1"/>
     <w:pos w:val="pageBottom"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:numFmt w:val="lowerRoman"/>
     <w:numRestart w:val="continuous"/>
     <w:numStart w:val="1"/>
     <w:pos w:val="docEnd"/>
   </w:endnotePr>
@@ -14323,562 +14903,562 @@
     <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="589">
+  <w:style w:type="paragraph" w:styleId="593">
     <w:name w:val="Heading 1"/>
-    <w:basedOn w:val="764"/>
-[...1 lines deleted...]
-    <w:link w:val="590"/>
+    <w:basedOn w:val="768"/>
+    <w:next w:val="768"/>
+    <w:link w:val="594"/>
     <w:qFormat/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
     <w:pPr>
       <w:keepLines/>
       <w:keepNext/>
       <w:spacing w:after="200" w:before="480"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="590">
+  <w:style w:type="character" w:styleId="594">
     <w:name w:val="Heading 1 Char"/>
-    <w:link w:val="589"/>
+    <w:link w:val="593"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="591">
+  <w:style w:type="paragraph" w:styleId="595">
     <w:name w:val="Heading 2"/>
-    <w:basedOn w:val="764"/>
-[...1 lines deleted...]
-    <w:link w:val="592"/>
+    <w:basedOn w:val="768"/>
+    <w:next w:val="768"/>
+    <w:link w:val="596"/>
     <w:qFormat/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
       <w:sz w:val="34"/>
     </w:rPr>
     <w:pPr>
       <w:keepLines/>
       <w:keepNext/>
       <w:spacing w:after="200" w:before="360"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="592">
+  <w:style w:type="character" w:styleId="596">
     <w:name w:val="Heading 2 Char"/>
-    <w:link w:val="591"/>
+    <w:link w:val="595"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
       <w:sz w:val="34"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="593">
+  <w:style w:type="paragraph" w:styleId="597">
     <w:name w:val="Heading 3"/>
-    <w:basedOn w:val="764"/>
-[...1 lines deleted...]
-    <w:link w:val="594"/>
+    <w:basedOn w:val="768"/>
+    <w:next w:val="768"/>
+    <w:link w:val="598"/>
     <w:qFormat/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
     <w:pPr>
       <w:keepLines/>
       <w:keepNext/>
       <w:spacing w:after="200" w:before="320"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="594">
+  <w:style w:type="character" w:styleId="598">
     <w:name w:val="Heading 3 Char"/>
-    <w:link w:val="593"/>
+    <w:link w:val="597"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="595">
+  <w:style w:type="paragraph" w:styleId="599">
     <w:name w:val="Heading 4"/>
-    <w:basedOn w:val="764"/>
-[...1 lines deleted...]
-    <w:link w:val="596"/>
+    <w:basedOn w:val="768"/>
+    <w:next w:val="768"/>
+    <w:link w:val="600"/>
     <w:qFormat/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
     <w:pPr>
       <w:keepLines/>
       <w:keepNext/>
       <w:spacing w:after="200" w:before="320"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="596">
+  <w:style w:type="character" w:styleId="600">
     <w:name w:val="Heading 4 Char"/>
-    <w:link w:val="595"/>
+    <w:link w:val="599"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="597">
+  <w:style w:type="paragraph" w:styleId="601">
     <w:name w:val="Heading 5"/>
-    <w:basedOn w:val="764"/>
-[...1 lines deleted...]
-    <w:link w:val="598"/>
+    <w:basedOn w:val="768"/>
+    <w:next w:val="768"/>
+    <w:link w:val="602"/>
     <w:qFormat/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
     <w:pPr>
       <w:keepLines/>
       <w:keepNext/>
       <w:spacing w:after="200" w:before="320"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="598">
+  <w:style w:type="character" w:styleId="602">
     <w:name w:val="Heading 5 Char"/>
-    <w:link w:val="597"/>
+    <w:link w:val="601"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="599">
+  <w:style w:type="paragraph" w:styleId="603">
     <w:name w:val="Heading 6"/>
-    <w:basedOn w:val="764"/>
-[...1 lines deleted...]
-    <w:link w:val="600"/>
+    <w:basedOn w:val="768"/>
+    <w:next w:val="768"/>
+    <w:link w:val="604"/>
     <w:qFormat/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
     <w:pPr>
       <w:keepLines/>
       <w:keepNext/>
       <w:spacing w:after="200" w:before="320"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="600">
+  <w:style w:type="character" w:styleId="604">
     <w:name w:val="Heading 6 Char"/>
-    <w:link w:val="599"/>
+    <w:link w:val="603"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="601">
+  <w:style w:type="paragraph" w:styleId="605">
     <w:name w:val="Heading 7"/>
-    <w:basedOn w:val="764"/>
-[...1 lines deleted...]
-    <w:link w:val="602"/>
+    <w:basedOn w:val="768"/>
+    <w:next w:val="768"/>
+    <w:link w:val="606"/>
     <w:qFormat/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
     <w:pPr>
       <w:keepLines/>
       <w:keepNext/>
       <w:spacing w:after="200" w:before="320"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="602">
+  <w:style w:type="character" w:styleId="606">
     <w:name w:val="Heading 7 Char"/>
-    <w:link w:val="601"/>
+    <w:link w:val="605"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="603">
+  <w:style w:type="paragraph" w:styleId="607">
     <w:name w:val="Heading 8"/>
-    <w:basedOn w:val="764"/>
-[...1 lines deleted...]
-    <w:link w:val="604"/>
+    <w:basedOn w:val="768"/>
+    <w:next w:val="768"/>
+    <w:link w:val="608"/>
     <w:qFormat/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
     <w:pPr>
       <w:keepLines/>
       <w:keepNext/>
       <w:spacing w:after="200" w:before="320"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="604">
+  <w:style w:type="character" w:styleId="608">
     <w:name w:val="Heading 8 Char"/>
-    <w:link w:val="603"/>
+    <w:link w:val="607"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="605">
+  <w:style w:type="paragraph" w:styleId="609">
     <w:name w:val="Heading 9"/>
-    <w:basedOn w:val="764"/>
-[...1 lines deleted...]
-    <w:link w:val="606"/>
+    <w:basedOn w:val="768"/>
+    <w:next w:val="768"/>
+    <w:link w:val="610"/>
     <w:qFormat/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
     <w:pPr>
       <w:keepLines/>
       <w:keepNext/>
       <w:spacing w:after="200" w:before="320"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="606">
+  <w:style w:type="character" w:styleId="610">
     <w:name w:val="Heading 9 Char"/>
-    <w:link w:val="605"/>
+    <w:link w:val="609"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsia="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="607">
+  <w:style w:type="paragraph" w:styleId="611">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="764"/>
-[...1 lines deleted...]
-    <w:link w:val="608"/>
+    <w:basedOn w:val="768"/>
+    <w:next w:val="768"/>
+    <w:link w:val="612"/>
     <w:qFormat/>
     <w:uiPriority w:val="10"/>
     <w:rPr>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
     <w:pPr>
       <w:contextualSpacing w:val="true"/>
       <w:spacing w:after="200" w:before="300"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="608">
+  <w:style w:type="character" w:styleId="612">
     <w:name w:val="Title Char"/>
-    <w:link w:val="607"/>
+    <w:link w:val="611"/>
     <w:uiPriority w:val="10"/>
     <w:rPr>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="609">
+  <w:style w:type="paragraph" w:styleId="613">
     <w:name w:val="Subtitle"/>
-    <w:basedOn w:val="764"/>
-[...1 lines deleted...]
-    <w:link w:val="610"/>
+    <w:basedOn w:val="768"/>
+    <w:next w:val="768"/>
+    <w:link w:val="614"/>
     <w:qFormat/>
     <w:uiPriority w:val="11"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
     <w:pPr>
       <w:spacing w:after="200" w:before="200"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="610">
+  <w:style w:type="character" w:styleId="614">
     <w:name w:val="Subtitle Char"/>
-    <w:link w:val="609"/>
+    <w:link w:val="613"/>
     <w:uiPriority w:val="11"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="611">
+  <w:style w:type="paragraph" w:styleId="615">
     <w:name w:val="Quote"/>
-    <w:basedOn w:val="764"/>
-[...1 lines deleted...]
-    <w:link w:val="612"/>
+    <w:basedOn w:val="768"/>
+    <w:next w:val="768"/>
+    <w:link w:val="616"/>
     <w:qFormat/>
     <w:uiPriority w:val="29"/>
     <w:rPr>
       <w:i/>
     </w:rPr>
     <w:pPr>
       <w:ind w:left="720" w:right="720"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="612">
+  <w:style w:type="character" w:styleId="616">
     <w:name w:val="Quote Char"/>
-    <w:link w:val="611"/>
+    <w:link w:val="615"/>
     <w:uiPriority w:val="29"/>
     <w:rPr>
       <w:i/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="613">
+  <w:style w:type="paragraph" w:styleId="617">
     <w:name w:val="Intense Quote"/>
-    <w:basedOn w:val="764"/>
-[...1 lines deleted...]
-    <w:link w:val="614"/>
+    <w:basedOn w:val="768"/>
+    <w:next w:val="768"/>
+    <w:link w:val="618"/>
     <w:qFormat/>
     <w:uiPriority w:val="30"/>
     <w:rPr>
       <w:i/>
     </w:rPr>
     <w:pPr>
       <w:contextualSpacing w:val="false"/>
       <w:ind w:left="720" w:right="720"/>
       <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
       <w:pBdr>
         <w:left w:val="single" w:color="FFFFFF" w:sz="4" w:space="10"/>
         <w:top w:val="single" w:color="FFFFFF" w:sz="4" w:space="5"/>
         <w:right w:val="single" w:color="FFFFFF" w:sz="4" w:space="10"/>
         <w:bottom w:val="single" w:color="FFFFFF" w:sz="4" w:space="5"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="614">
+  <w:style w:type="character" w:styleId="618">
     <w:name w:val="Intense Quote Char"/>
-    <w:link w:val="613"/>
+    <w:link w:val="617"/>
     <w:uiPriority w:val="30"/>
     <w:rPr>
       <w:i/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="615">
+  <w:style w:type="paragraph" w:styleId="619">
     <w:name w:val="Header"/>
-    <w:basedOn w:val="764"/>
-[...18 lines deleted...]
-    <w:basedOn w:val="764"/>
+    <w:basedOn w:val="768"/>
     <w:link w:val="620"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
       <w:tabs>
         <w:tab w:val="center" w:pos="7143" w:leader="none"/>
         <w:tab w:val="right" w:pos="14287" w:leader="none"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="618">
-[...1 lines deleted...]
-    <w:link w:val="617"/>
+  <w:style w:type="character" w:styleId="620">
+    <w:name w:val="Header Char"/>
+    <w:link w:val="619"/>
     <w:uiPriority w:val="99"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="619">
+  <w:style w:type="paragraph" w:styleId="621">
+    <w:name w:val="Footer"/>
+    <w:basedOn w:val="768"/>
+    <w:link w:val="624"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="7143" w:leader="none"/>
+        <w:tab w:val="right" w:pos="14287" w:leader="none"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="622">
+    <w:name w:val="Footer Char"/>
+    <w:link w:val="621"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="623">
     <w:name w:val="Caption"/>
-    <w:basedOn w:val="764"/>
-    <w:next w:val="764"/>
+    <w:basedOn w:val="768"/>
+    <w:next w:val="768"/>
     <w:qFormat/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="276"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="620">
+  <w:style w:type="character" w:styleId="624">
     <w:name w:val="Caption Char"/>
-    <w:basedOn w:val="619"/>
-    <w:link w:val="617"/>
+    <w:basedOn w:val="623"/>
+    <w:link w:val="621"/>
     <w:uiPriority w:val="99"/>
   </w:style>
-  <w:style w:type="table" w:styleId="621">
+  <w:style w:type="table" w:styleId="625">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="108" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="622">
+  <w:style w:type="table" w:styleId="626">
     <w:name w:val="Table Grid Light"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="50"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="50"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="50"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="50"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="50"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="50"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="108" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="623">
+  <w:style w:type="table" w:styleId="627">
     <w:name w:val="Plain Table 1"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="50"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="50"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="50"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="50"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="50"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="50"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="108" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="text1" w:themeFillTint="0D"/>
       </w:tcPr>
@@ -14899,53 +15479,53 @@
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="624">
+  <w:style w:type="table" w:styleId="628">
     <w:name w:val="Plain Table 2"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="none" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1"/>
         <w:right w:val="none" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="108" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1"/>
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1"/>
         </w:tcBorders>
@@ -14984,53 +15564,53 @@
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1"/>
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="625">
+  <w:style w:type="table" w:styleId="629">
     <w:name w:val="Plain Table 3"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="text1" w:themeFillTint="0D"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -15061,53 +15641,53 @@
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="404040" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:caps/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:caps/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="626">
+  <w:style w:type="table" w:styleId="630">
     <w:name w:val="Plain Table 4"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="text1" w:themeFillTint="0D"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -15118,53 +15698,53 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="627">
+  <w:style w:type="table" w:styleId="631">
     <w:name w:val="Plain Table 5"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="text1" w:themeFillTint="0D"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -15206,53 +15786,53 @@
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tcBorders>
           <w:left w:val="single" w:color="404040" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="single" w:color="404040" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="628">
+  <w:style w:type="table" w:styleId="632">
     <w:name w:val="Grid Table 1 Light"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="67"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="67"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="67"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="67"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="67"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="67"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
@@ -15271,53 +15851,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="000000" w:sz="12" w:space="0" w:themeColor="text1" w:themeTint="95"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="629">
+  <w:style w:type="table" w:styleId="633">
     <w:name w:val="Grid Table 1 Light - Accent 1"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="67"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="67"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="67"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="67"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="67"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="67"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
@@ -15336,53 +15916,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="000000" w:sz="12" w:space="0" w:themeColor="accent1" w:themeTint="95"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="630">
+  <w:style w:type="table" w:styleId="634">
     <w:name w:val="Grid Table 1 Light - Accent 2"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="67"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="67"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="67"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="67"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="67"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="67"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
@@ -15401,53 +15981,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="000000" w:sz="12" w:space="0" w:themeColor="accent2" w:themeTint="95"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="631">
+  <w:style w:type="table" w:styleId="635">
     <w:name w:val="Grid Table 1 Light - Accent 3"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="67"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="67"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="67"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="67"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="67"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="67"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
@@ -15466,53 +16046,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="000000" w:sz="12" w:space="0" w:themeColor="accent3" w:themeTint="95"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="632">
+  <w:style w:type="table" w:styleId="636">
     <w:name w:val="Grid Table 1 Light - Accent 4"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="67"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="67"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="67"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="67"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="67"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="67"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
@@ -15531,53 +16111,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="000000" w:sz="12" w:space="0" w:themeColor="accent4" w:themeTint="95"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="633">
+  <w:style w:type="table" w:styleId="637">
     <w:name w:val="Grid Table 1 Light - Accent 5"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeTint="67"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeTint="67"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeTint="67"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeTint="67"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeTint="67"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeTint="67"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
@@ -15596,53 +16176,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="000000" w:sz="12" w:space="0" w:themeColor="accent5" w:themeTint="95"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="634">
+  <w:style w:type="table" w:styleId="638">
     <w:name w:val="Grid Table 1 Light - Accent 6"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeTint="67"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeTint="67"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeTint="67"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeTint="67"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeTint="67"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeTint="67"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
@@ -15661,53 +16241,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="000000" w:sz="12" w:space="0" w:themeColor="accent6" w:themeTint="95"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="635">
+  <w:style w:type="table" w:styleId="639">
     <w:name w:val="Grid Table 2"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="95"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="95"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="95"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="text1" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
@@ -15741,53 +16321,53 @@
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="95"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="636">
+  <w:style w:type="table" w:styleId="640">
     <w:name w:val="Grid Table 2 - Accent 1"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="EA"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="EA"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="EA"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent1" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
@@ -15821,53 +16401,53 @@
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="EA"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="637">
+  <w:style w:type="table" w:styleId="641">
     <w:name w:val="Grid Table 2 - Accent 2"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="97"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="97"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="97"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent2" w:themeFillTint="32"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
@@ -15901,53 +16481,53 @@
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="97"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="638">
+  <w:style w:type="table" w:styleId="642">
     <w:name w:val="Grid Table 2 - Accent 3"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="FE"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="FE"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="FE"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent3" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
@@ -15981,53 +16561,53 @@
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="FE"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="639">
+  <w:style w:type="table" w:styleId="643">
     <w:name w:val="Grid Table 2 - Accent 4"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="9A"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="9A"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="9A"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent4" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
@@ -16061,53 +16641,53 @@
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="9A"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="640">
+  <w:style w:type="table" w:styleId="644">
     <w:name w:val="Grid Table 2 - Accent 5"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent5" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
@@ -16141,53 +16721,53 @@
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="641">
+  <w:style w:type="table" w:styleId="645">
     <w:name w:val="Grid Table 2 - Accent 6"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent6" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
@@ -16221,53 +16801,53 @@
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="642">
+  <w:style w:type="table" w:styleId="646">
     <w:name w:val="Grid Table 3"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="95"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="95"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="95"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="text1" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
@@ -16322,53 +16902,53 @@
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="643">
+  <w:style w:type="table" w:styleId="647">
     <w:name w:val="Grid Table 3 - Accent 1"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="EA"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="EA"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="EA"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent1" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
@@ -16423,53 +17003,53 @@
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="644">
+  <w:style w:type="table" w:styleId="648">
     <w:name w:val="Grid Table 3 - Accent 2"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="97"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="97"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="97"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent2" w:themeFillTint="32"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
@@ -16524,53 +17104,53 @@
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="645">
+  <w:style w:type="table" w:styleId="649">
     <w:name w:val="Grid Table 3 - Accent 3"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="FE"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="FE"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="FE"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent3" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
@@ -16625,53 +17205,53 @@
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="646">
+  <w:style w:type="table" w:styleId="650">
     <w:name w:val="Grid Table 3 - Accent 4"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="9A"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="9A"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="9A"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent4" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
@@ -16726,53 +17306,53 @@
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="647">
+  <w:style w:type="table" w:styleId="651">
     <w:name w:val="Grid Table 3 - Accent 5"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent5" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
@@ -16827,53 +17407,53 @@
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="648">
+  <w:style w:type="table" w:styleId="652">
     <w:name w:val="Grid Table 3 - Accent 6"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent6" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
@@ -16928,53 +17508,53 @@
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="649">
+  <w:style w:type="table" w:styleId="653">
     <w:name w:val="Grid Table 4"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="90"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="90"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="90"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="90"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="90"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="90"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="text1" w:themeFillTint="34"/>
@@ -17009,53 +17589,53 @@
           <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1"/>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1"/>
           <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1"/>
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="650">
+  <w:style w:type="table" w:styleId="654">
     <w:name w:val="Grid Table 4 - Accent 1"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="90"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="90"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="90"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="90"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="90"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="90"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent1" w:themeFillTint="32"/>
@@ -17090,53 +17670,53 @@
           <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="EA"/>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="EA"/>
           <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="EA"/>
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="EA"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="EA"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="651">
+  <w:style w:type="table" w:styleId="655">
     <w:name w:val="Grid Table 4 - Accent 2"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="90"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="90"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="90"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="90"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="90"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="90"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent2" w:themeFillTint="32"/>
@@ -17171,53 +17751,53 @@
           <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="97"/>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="97"/>
           <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="97"/>
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="97"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="97"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="652">
+  <w:style w:type="table" w:styleId="656">
     <w:name w:val="Grid Table 4 - Accent 3"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="90"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="90"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="90"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="90"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="90"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="90"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent3" w:themeFillTint="34"/>
@@ -17252,53 +17832,53 @@
           <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="FE"/>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="FE"/>
           <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="FE"/>
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="FE"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="FE"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="653">
+  <w:style w:type="table" w:styleId="657">
     <w:name w:val="Grid Table 4 - Accent 4"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="90"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="90"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="90"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="90"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="90"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="90"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent4" w:themeFillTint="34"/>
@@ -17333,53 +17913,53 @@
           <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="9A"/>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="9A"/>
           <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="9A"/>
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="9A"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="9A"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="654">
+  <w:style w:type="table" w:styleId="658">
     <w:name w:val="Grid Table 4 - Accent 5"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeTint="90"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeTint="90"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeTint="90"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeTint="90"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeTint="90"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeTint="90"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent5" w:themeFillTint="34"/>
@@ -17414,53 +17994,53 @@
           <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5"/>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5"/>
           <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5"/>
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="655">
+  <w:style w:type="table" w:styleId="659">
     <w:name w:val="Grid Table 4 - Accent 6"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeTint="90"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeTint="90"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeTint="90"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeTint="90"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeTint="90"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeTint="90"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent6" w:themeFillTint="34"/>
@@ -17495,53 +18075,53 @@
           <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6"/>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6"/>
           <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="656">
+  <w:style w:type="table" w:styleId="660">
     <w:name w:val="Grid Table 5 Dark"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="text1" w:themeFillTint="40"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="text1" w:themeFillTint="75"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
@@ -17574,53 +18154,53 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="text1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="text1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="657">
+  <w:style w:type="table" w:styleId="661">
     <w:name w:val="Grid Table 5 Dark- Accent 1"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent1" w:themeFillTint="34"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent1" w:themeFillTint="75"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
@@ -17653,53 +18233,53 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="658">
+  <w:style w:type="table" w:styleId="662">
     <w:name w:val="Grid Table 5 Dark - Accent 2"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent2" w:themeFillTint="32"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent2" w:themeFillTint="75"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
@@ -17732,53 +18312,53 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent2"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="659">
+  <w:style w:type="table" w:styleId="663">
     <w:name w:val="Grid Table 5 Dark - Accent 3"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent3" w:themeFillTint="34"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent3" w:themeFillTint="75"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
@@ -17811,53 +18391,53 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent3"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent3"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="660">
+  <w:style w:type="table" w:styleId="664">
     <w:name w:val="Grid Table 5 Dark- Accent 4"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent4" w:themeFillTint="34"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent4" w:themeFillTint="75"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
@@ -17890,53 +18470,53 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent4"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent4"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="661">
+  <w:style w:type="table" w:styleId="665">
     <w:name w:val="Grid Table 5 Dark - Accent 5"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent5" w:themeFillTint="34"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent5" w:themeFillTint="75"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
@@ -17969,53 +18549,53 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent5"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent5"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="662">
+  <w:style w:type="table" w:styleId="666">
     <w:name w:val="Grid Table 5 Dark - Accent 6"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent6" w:themeFillTint="34"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent6" w:themeFillTint="75"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
@@ -18048,53 +18628,53 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent6"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="663">
+  <w:style w:type="table" w:styleId="667">
     <w:name w:val="Grid Table 6 Colorful"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="80"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="80"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="80"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="80"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="text1" w:themeFillTint="34"/>
@@ -18127,53 +18707,53 @@
         <w:tcBorders>
           <w:bottom w:val="single" w:color="000000" w:sz="12" w:space="0" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="4A4A4A" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="4A4A4A" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="664">
+  <w:style w:type="table" w:styleId="668">
     <w:name w:val="Grid Table 6 Colorful - Accent 1"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="80"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="80"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="80"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="80"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="80"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent1" w:themeFillTint="34"/>
@@ -18206,53 +18786,53 @@
         <w:tcBorders>
           <w:bottom w:val="single" w:color="000000" w:sz="12" w:space="0" w:themeColor="accent1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="317BBA" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="317BBA" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="665">
+  <w:style w:type="table" w:styleId="669">
     <w:name w:val="Grid Table 6 Colorful - Accent 2"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="97"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="97"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="97"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="97"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="97"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="97"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent2" w:themeFillTint="32"/>
@@ -18285,53 +18865,53 @@
         <w:tcBorders>
           <w:bottom w:val="single" w:color="000000" w:sz="12" w:space="0" w:themeColor="accent2" w:themeTint="97"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="C95712" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="C95712" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="666">
+  <w:style w:type="table" w:styleId="670">
     <w:name w:val="Grid Table 6 Colorful - Accent 3"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="FE"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="FE"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="FE"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="FE"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="FE"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="FE"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent3" w:themeFillTint="34"/>
@@ -18364,53 +18944,53 @@
         <w:tcBorders>
           <w:bottom w:val="single" w:color="000000" w:sz="12" w:space="0" w:themeColor="accent3" w:themeTint="FE"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="606060" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="606060" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="667">
+  <w:style w:type="table" w:styleId="671">
     <w:name w:val="Grid Table 6 Colorful - Accent 4"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="9A"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="9A"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="9A"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="9A"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="9A"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="9A"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent4" w:themeFillTint="34"/>
@@ -18443,53 +19023,53 @@
         <w:tcBorders>
           <w:bottom w:val="single" w:color="000000" w:sz="12" w:space="0" w:themeColor="accent4" w:themeTint="9A"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="CD9600" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="CD9600" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="668">
+  <w:style w:type="table" w:styleId="672">
     <w:name w:val="Grid Table 6 Colorful - Accent 5"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent5" w:themeFillTint="34"/>
@@ -18522,53 +19102,53 @@
         <w:tcBorders>
           <w:bottom w:val="single" w:color="000000" w:sz="12" w:space="0" w:themeColor="accent5"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="254374" w:themeColor="accent5" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="254374" w:themeColor="accent5" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="669">
+  <w:style w:type="table" w:styleId="673">
     <w:name w:val="Grid Table 6 Colorful - Accent 6"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent6" w:themeFillTint="34"/>
@@ -18601,53 +19181,53 @@
         <w:tcBorders>
           <w:bottom w:val="single" w:color="000000" w:sz="12" w:space="0" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="254374" w:themeColor="accent5" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="254374" w:themeColor="accent5" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="670">
+  <w:style w:type="table" w:styleId="674">
     <w:name w:val="Grid Table 7 Colorful"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="80"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="80"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="4A4A4A" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="text1" w:themeFillTint="0D"/>
       </w:tcPr>
     </w:tblStylePr>
@@ -18713,53 +19293,53 @@
           <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="80"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="4A4A4A" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="671">
+  <w:style w:type="table" w:styleId="675">
     <w:name w:val="Grid Table 7 Colorful - Accent 1"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="80"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="80"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="80"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="317BBA" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent1" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
@@ -18825,53 +19405,53 @@
           <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="80"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="317BBA" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="80"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="672">
+  <w:style w:type="table" w:styleId="676">
     <w:name w:val="Grid Table 7 Colorful - Accent 2"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="97"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="97"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="97"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="97"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="C95712" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent2" w:themeFillTint="32"/>
       </w:tcPr>
     </w:tblStylePr>
@@ -18937,53 +19517,53 @@
           <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="97"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="C95712" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="97"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="673">
+  <w:style w:type="table" w:styleId="677">
     <w:name w:val="Grid Table 7 Colorful - Accent 3"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="FE"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="FE"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="FE"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="FE"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="606060" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent3" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
@@ -19049,53 +19629,53 @@
           <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="FE"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="606060" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="FE"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="674">
+  <w:style w:type="table" w:styleId="678">
     <w:name w:val="Grid Table 7 Colorful - Accent 4"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="9A"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="9A"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="9A"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="9A"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="CD9600" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent4" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
@@ -19161,53 +19741,53 @@
           <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="9A"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="CD9600" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="9A"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="675">
+  <w:style w:type="table" w:styleId="679">
     <w:name w:val="Grid Table 7 Colorful - Accent 5"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeTint="90"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeTint="90"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeTint="90"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeTint="90"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="254374" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent5" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
@@ -19273,53 +19853,53 @@
           <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeTint="90"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="254374" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeTint="90"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="676">
+  <w:style w:type="table" w:styleId="680">
     <w:name w:val="Grid Table 7 Colorful - Accent 6"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeTint="90"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeTint="90"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeTint="90"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeTint="90"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="426429" w:themeColor="accent6" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent6" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
@@ -19385,53 +19965,53 @@
           <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeTint="90"/>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="426429" w:themeColor="accent6" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeTint="90"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="677">
+  <w:style w:type="table" w:styleId="681">
     <w:name w:val="List Table 1 Light"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="text1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="text1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
@@ -19448,53 +20028,53 @@
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="678">
+  <w:style w:type="table" w:styleId="682">
     <w:name w:val="List Table 1 Light - Accent 1"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
@@ -19511,53 +20091,53 @@
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="679">
+  <w:style w:type="table" w:styleId="683">
     <w:name w:val="List Table 1 Light - Accent 2"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent2" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent2" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
@@ -19574,53 +20154,53 @@
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="680">
+  <w:style w:type="table" w:styleId="684">
     <w:name w:val="List Table 1 Light - Accent 3"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent3" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent3" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
@@ -19637,53 +20217,53 @@
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="681">
+  <w:style w:type="table" w:styleId="685">
     <w:name w:val="List Table 1 Light - Accent 4"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent4" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent4" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
@@ -19700,53 +20280,53 @@
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="682">
+  <w:style w:type="table" w:styleId="686">
     <w:name w:val="List Table 1 Light - Accent 5"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent5" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent5" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
@@ -19763,53 +20343,53 @@
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="683">
+  <w:style w:type="table" w:styleId="687">
     <w:name w:val="List Table 1 Light - Accent 6"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent6" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent6" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
@@ -19826,53 +20406,53 @@
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="684">
+  <w:style w:type="table" w:styleId="688">
     <w:name w:val="List Table 2"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="90"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="90"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="90"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="text1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
@@ -19912,53 +20492,53 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="90"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="90"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="685">
+  <w:style w:type="table" w:styleId="689">
     <w:name w:val="List Table 2 - Accent 1"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="90"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="90"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="90"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
@@ -19998,53 +20578,53 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="90"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="90"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="686">
+  <w:style w:type="table" w:styleId="690">
     <w:name w:val="List Table 2 - Accent 2"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="90"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="90"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="90"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent2" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
@@ -20084,53 +20664,53 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="90"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="90"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="687">
+  <w:style w:type="table" w:styleId="691">
     <w:name w:val="List Table 2 - Accent 3"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="90"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="90"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="90"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent3" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
@@ -20170,53 +20750,53 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="90"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="90"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="688">
+  <w:style w:type="table" w:styleId="692">
     <w:name w:val="List Table 2 - Accent 4"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="90"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="90"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="90"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent4" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
@@ -20256,53 +20836,53 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="90"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="90"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="689">
+  <w:style w:type="table" w:styleId="693">
     <w:name w:val="List Table 2 - Accent 5"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeTint="90"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeTint="90"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeTint="90"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent5" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
@@ -20342,53 +20922,53 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeTint="90"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeTint="90"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="690">
+  <w:style w:type="table" w:styleId="694">
     <w:name w:val="List Table 2 - Accent 6"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeTint="90"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeTint="90"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeTint="90"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent6" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
@@ -20428,53 +21008,53 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeTint="90"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeTint="90"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="691">
+  <w:style w:type="table" w:styleId="695">
     <w:name w:val="List Table 3"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1"/>
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1"/>
@@ -20502,53 +21082,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="text1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="692">
+  <w:style w:type="table" w:styleId="696">
     <w:name w:val="List Table 3 - Accent 1"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1"/>
@@ -20576,53 +21156,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="693">
+  <w:style w:type="table" w:styleId="697">
     <w:name w:val="List Table 3 - Accent 2"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="97"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="97"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="97"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="97"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="97"/>
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="97"/>
@@ -20650,53 +21230,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent2" w:themeFillTint="97"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="694">
+  <w:style w:type="table" w:styleId="698">
     <w:name w:val="List Table 3 - Accent 3"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="98"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="98"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="98"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="98"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="98"/>
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="98"/>
@@ -20724,53 +21304,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent3" w:themeFillTint="98"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="695">
+  <w:style w:type="table" w:styleId="699">
     <w:name w:val="List Table 3 - Accent 4"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="9A"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="9A"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="9A"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="9A"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="9A"/>
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="9A"/>
@@ -20798,53 +21378,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent4" w:themeFillTint="9A"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="696">
+  <w:style w:type="table" w:styleId="700">
     <w:name w:val="List Table 3 - Accent 5"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeTint="9A"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeTint="9A"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeTint="9A"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeTint="9A"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeTint="9A"/>
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeTint="9A"/>
@@ -20872,53 +21452,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent5" w:themeFillTint="9A"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="697">
+  <w:style w:type="table" w:styleId="701">
     <w:name w:val="List Table 3 - Accent 6"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeTint="98"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeTint="98"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeTint="98"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeTint="98"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeTint="98"/>
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeTint="98"/>
@@ -20946,53 +21526,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent6" w:themeFillTint="98"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="698">
+  <w:style w:type="table" w:styleId="702">
     <w:name w:val="List Table 4"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="text1" w:themeFillTint="40"/>
       </w:tcPr>
@@ -21015,53 +21595,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="text1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="699">
+  <w:style w:type="table" w:styleId="703">
     <w:name w:val="List Table 4 - Accent 1"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="90"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="90"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="90"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="90"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="90"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent1" w:themeFillTint="40"/>
       </w:tcPr>
@@ -21084,53 +21664,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="700">
+  <w:style w:type="table" w:styleId="704">
     <w:name w:val="List Table 4 - Accent 2"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="90"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="90"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="90"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="90"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="90"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent2" w:themeFillTint="40"/>
       </w:tcPr>
@@ -21153,53 +21733,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="701">
+  <w:style w:type="table" w:styleId="705">
     <w:name w:val="List Table 4 - Accent 3"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="90"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="90"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="90"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="90"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="90"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent3" w:themeFillTint="40"/>
       </w:tcPr>
@@ -21222,53 +21802,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent3"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="702">
+  <w:style w:type="table" w:styleId="706">
     <w:name w:val="List Table 4 - Accent 4"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="90"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="90"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="90"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="90"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="90"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent4" w:themeFillTint="40"/>
       </w:tcPr>
@@ -21291,53 +21871,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent4"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="703">
+  <w:style w:type="table" w:styleId="707">
     <w:name w:val="List Table 4 - Accent 5"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeTint="90"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeTint="90"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeTint="90"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeTint="90"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeTint="90"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent5" w:themeFillTint="40"/>
       </w:tcPr>
@@ -21360,53 +21940,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent5"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="704">
+  <w:style w:type="table" w:styleId="708">
     <w:name w:val="List Table 4 - Accent 6"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeTint="90"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeTint="90"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeTint="90"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeTint="90"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeTint="90"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent6" w:themeFillTint="40"/>
       </w:tcPr>
@@ -21429,53 +22009,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="705">
+  <w:style w:type="table" w:styleId="709">
     <w:name w:val="List Table 5 Dark"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="32" w:space="0" w:themeColor="text1" w:themeTint="80"/>
         <w:top w:val="single" w:color="000000" w:sz="32" w:space="0" w:themeColor="text1" w:themeTint="80"/>
         <w:right w:val="single" w:color="000000" w:sz="32" w:space="0" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:color="000000" w:sz="32" w:space="0" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="text1" w:themeFillTint="80"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="text1" w:themeFillTint="80"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
@@ -21536,53 +22116,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
           <w:right w:val="single" w:color="000000" w:sz="32" w:space="0" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="FFFFFF" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="706">
+  <w:style w:type="table" w:styleId="710">
     <w:name w:val="List Table 5 Dark - Accent 1"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="32" w:space="0" w:themeColor="accent1"/>
         <w:top w:val="single" w:color="000000" w:sz="32" w:space="0" w:themeColor="accent1"/>
         <w:right w:val="single" w:color="000000" w:sz="32" w:space="0" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:color="000000" w:sz="32" w:space="0" w:themeColor="accent1"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent1"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
@@ -21643,53 +22223,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
           <w:right w:val="single" w:color="000000" w:sz="32" w:space="0" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="FFFFFF" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="707">
+  <w:style w:type="table" w:styleId="711">
     <w:name w:val="List Table 5 Dark - Accent 2"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="32" w:space="0" w:themeColor="accent2" w:themeTint="97"/>
         <w:top w:val="single" w:color="000000" w:sz="32" w:space="0" w:themeColor="accent2" w:themeTint="97"/>
         <w:right w:val="single" w:color="000000" w:sz="32" w:space="0" w:themeColor="accent2" w:themeTint="97"/>
         <w:bottom w:val="single" w:color="000000" w:sz="32" w:space="0" w:themeColor="accent2" w:themeTint="97"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent2" w:themeFillTint="97"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent2" w:themeFillTint="97"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
@@ -21750,53 +22330,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
           <w:right w:val="single" w:color="000000" w:sz="32" w:space="0" w:themeColor="accent2" w:themeTint="97"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="FFFFFF" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="708">
+  <w:style w:type="table" w:styleId="712">
     <w:name w:val="List Table 5 Dark - Accent 3"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="32" w:space="0" w:themeColor="accent3" w:themeTint="98"/>
         <w:top w:val="single" w:color="000000" w:sz="32" w:space="0" w:themeColor="accent3" w:themeTint="98"/>
         <w:right w:val="single" w:color="000000" w:sz="32" w:space="0" w:themeColor="accent3" w:themeTint="98"/>
         <w:bottom w:val="single" w:color="000000" w:sz="32" w:space="0" w:themeColor="accent3" w:themeTint="98"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent3" w:themeFillTint="98"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent3" w:themeFillTint="98"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
@@ -21857,53 +22437,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
           <w:right w:val="single" w:color="000000" w:sz="32" w:space="0" w:themeColor="accent3" w:themeTint="98"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="FFFFFF" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="709">
+  <w:style w:type="table" w:styleId="713">
     <w:name w:val="List Table 5 Dark - Accent 4"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="32" w:space="0" w:themeColor="accent4" w:themeTint="9A"/>
         <w:top w:val="single" w:color="000000" w:sz="32" w:space="0" w:themeColor="accent4" w:themeTint="9A"/>
         <w:right w:val="single" w:color="000000" w:sz="32" w:space="0" w:themeColor="accent4" w:themeTint="9A"/>
         <w:bottom w:val="single" w:color="000000" w:sz="32" w:space="0" w:themeColor="accent4" w:themeTint="9A"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent4" w:themeFillTint="9A"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent4" w:themeFillTint="9A"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
@@ -21964,53 +22544,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
           <w:right w:val="single" w:color="000000" w:sz="32" w:space="0" w:themeColor="accent4" w:themeTint="9A"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="FFFFFF" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="710">
+  <w:style w:type="table" w:styleId="714">
     <w:name w:val="List Table 5 Dark - Accent 5"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="32" w:space="0" w:themeColor="accent5" w:themeTint="9A"/>
         <w:top w:val="single" w:color="000000" w:sz="32" w:space="0" w:themeColor="accent5" w:themeTint="9A"/>
         <w:right w:val="single" w:color="000000" w:sz="32" w:space="0" w:themeColor="accent5" w:themeTint="9A"/>
         <w:bottom w:val="single" w:color="000000" w:sz="32" w:space="0" w:themeColor="accent5" w:themeTint="9A"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent5" w:themeFillTint="9A"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent5" w:themeFillTint="9A"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
@@ -22071,53 +22651,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
           <w:right w:val="single" w:color="000000" w:sz="32" w:space="0" w:themeColor="accent5" w:themeTint="9A"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="FFFFFF" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="711">
+  <w:style w:type="table" w:styleId="715">
     <w:name w:val="List Table 5 Dark - Accent 6"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="32" w:space="0" w:themeColor="accent6" w:themeTint="98"/>
         <w:top w:val="single" w:color="000000" w:sz="32" w:space="0" w:themeColor="accent6" w:themeTint="98"/>
         <w:right w:val="single" w:color="000000" w:sz="32" w:space="0" w:themeColor="accent6" w:themeTint="98"/>
         <w:bottom w:val="single" w:color="000000" w:sz="32" w:space="0" w:themeColor="accent6" w:themeTint="98"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent6" w:themeFillTint="98"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent6" w:themeFillTint="98"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
@@ -22178,53 +22758,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="light1"/>
           <w:right w:val="single" w:color="000000" w:sz="32" w:space="0" w:themeColor="accent6" w:themeTint="98"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="FFFFFF" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="712">
+  <w:style w:type="table" w:styleId="716">
     <w:name w:val="List Table 6 Colorful"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="text1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="text1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
@@ -22251,53 +22831,53 @@
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="713">
+  <w:style w:type="table" w:styleId="717">
     <w:name w:val="List Table 6 Colorful - Accent 1"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent1" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
@@ -22324,53 +22904,53 @@
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="245D8D" w:themeColor="accent1" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="245D8D" w:themeColor="accent1" w:themeShade="95"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="714">
+  <w:style w:type="table" w:styleId="718">
     <w:name w:val="List Table 6 Colorful - Accent 2"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="97"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="97"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent2" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
@@ -22397,53 +22977,53 @@
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="97"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="C95712" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="C95712" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="97"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="715">
+  <w:style w:type="table" w:styleId="719">
     <w:name w:val="List Table 6 Colorful - Accent 3"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="98"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="98"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent3" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
@@ -22470,53 +23050,53 @@
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="98"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="757575" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="757575" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="98"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="716">
+  <w:style w:type="table" w:styleId="720">
     <w:name w:val="List Table 6 Colorful - Accent 4"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="9A"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="9A"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent4" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
@@ -22543,53 +23123,53 @@
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="9A"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="CD9600" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="CD9600" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="9A"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="717">
+  <w:style w:type="table" w:styleId="721">
     <w:name w:val="List Table 6 Colorful - Accent 5"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeTint="9A"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeTint="9A"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent5" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
@@ -22616,53 +23196,53 @@
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeTint="9A"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="335E9E" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="335E9E" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeTint="9A"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="718">
+  <w:style w:type="table" w:styleId="722">
     <w:name w:val="List Table 6 Colorful - Accent 6"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeTint="98"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeTint="98"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent6" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
@@ -22689,53 +23269,53 @@
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeTint="98"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="5F8F3C" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="5F8F3C" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeTint="98"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="719">
+  <w:style w:type="table" w:styleId="723">
     <w:name w:val="List Table 7 Colorful"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="4A4A4A" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="text1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="text1" w:themeFillTint="40"/>
@@ -22805,53 +23385,53 @@
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="4A4A4A" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="4A4A4A" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="720">
+  <w:style w:type="table" w:styleId="724">
     <w:name w:val="List Table 7 Colorful - Accent 1"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="245D8D" w:themeColor="accent1" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent1" w:themeFillTint="40"/>
@@ -22921,53 +23501,53 @@
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="245D8D" w:themeColor="accent1" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="245D8D" w:themeColor="accent1" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="721">
+  <w:style w:type="table" w:styleId="725">
     <w:name w:val="List Table 7 Colorful - Accent 2"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="97"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="C95712" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent2" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent2" w:themeFillTint="40"/>
@@ -23037,53 +23617,53 @@
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="C95712" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="97"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="C95712" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="722">
+  <w:style w:type="table" w:styleId="726">
     <w:name w:val="List Table 7 Colorful - Accent 3"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="98"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="757575" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent3" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent3" w:themeFillTint="40"/>
@@ -23153,53 +23733,53 @@
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="757575" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="98"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="757575" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="723">
+  <w:style w:type="table" w:styleId="727">
     <w:name w:val="List Table 7 Colorful - Accent 4"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="9A"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="CD9600" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent4" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent4" w:themeFillTint="40"/>
@@ -23269,53 +23849,53 @@
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="CD9600" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="9A"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="CD9600" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="724">
+  <w:style w:type="table" w:styleId="728">
     <w:name w:val="List Table 7 Colorful - Accent 5"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeTint="9A"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="335E9E" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent5" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent5" w:themeFillTint="40"/>
@@ -23385,53 +23965,53 @@
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="335E9E" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeTint="9A"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="335E9E" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="725">
+  <w:style w:type="table" w:styleId="729">
     <w:name w:val="List Table 7 Colorful - Accent 6"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeTint="98"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="5F8F3C" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent6" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent6" w:themeFillTint="40"/>
@@ -23501,53 +24081,53 @@
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="5F8F3C" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeTint="98"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="5F8F3C" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="726">
+  <w:style w:type="table" w:styleId="730">
     <w:name w:val="Lined - Accent"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -23591,53 +24171,53 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="text1" w:themeFillTint="80"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="F2F2F2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="text1" w:themeFillTint="80"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="F2F2F2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="text1" w:themeFillTint="80"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="727">
+  <w:style w:type="table" w:styleId="731">
     <w:name w:val="Lined - Accent 1"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -23681,53 +24261,53 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent1" w:themeFillTint="EA"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="F2F2F2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent1" w:themeFillTint="EA"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="F2F2F2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent1" w:themeFillTint="EA"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="728">
+  <w:style w:type="table" w:styleId="732">
     <w:name w:val="Lined - Accent 2"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -23771,53 +24351,53 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent2" w:themeFillTint="97"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="F2F2F2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent2" w:themeFillTint="97"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="F2F2F2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent2" w:themeFillTint="97"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="729">
+  <w:style w:type="table" w:styleId="733">
     <w:name w:val="Lined - Accent 3"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -23861,53 +24441,53 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent3" w:themeFillTint="FE"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="F2F2F2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent3" w:themeFillTint="FE"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="F2F2F2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent3" w:themeFillTint="FE"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="730">
+  <w:style w:type="table" w:styleId="734">
     <w:name w:val="Lined - Accent 4"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -23951,53 +24531,53 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent4" w:themeFillTint="9A"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="F2F2F2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent4" w:themeFillTint="9A"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="F2F2F2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent4" w:themeFillTint="9A"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="731">
+  <w:style w:type="table" w:styleId="735">
     <w:name w:val="Lined - Accent 5"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -24041,53 +24621,53 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent5"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="F2F2F2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent5"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="F2F2F2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent5"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="732">
+  <w:style w:type="table" w:styleId="736">
     <w:name w:val="Lined - Accent 6"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -24131,53 +24711,53 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="F2F2F2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="F2F2F2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="733">
+  <w:style w:type="table" w:styleId="737">
     <w:name w:val="Bordered &amp; Lined - Accent"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="A6"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="A6"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="A6"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="A6"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="A6"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="A6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
@@ -24229,53 +24809,53 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="text1" w:themeFillTint="80"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="F2F2F2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="text1" w:themeFillTint="80"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="F2F2F2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="text1" w:themeFillTint="80"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="734">
+  <w:style w:type="table" w:styleId="738">
     <w:name w:val="Bordered &amp; Lined - Accent 1"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeShade="95"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeShade="95"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeShade="95"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeShade="95"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeShade="95"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeShade="95"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
@@ -24327,53 +24907,53 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent1" w:themeFillTint="EA"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="F2F2F2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent1" w:themeFillTint="EA"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="F2F2F2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent1" w:themeFillTint="EA"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="735">
+  <w:style w:type="table" w:styleId="739">
     <w:name w:val="Bordered &amp; Lined - Accent 2"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeShade="95"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeShade="95"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeShade="95"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeShade="95"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeShade="95"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeShade="95"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
@@ -24425,53 +25005,53 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent2" w:themeFillTint="97"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="F2F2F2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent2" w:themeFillTint="97"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="F2F2F2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent2" w:themeFillTint="97"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="736">
+  <w:style w:type="table" w:styleId="740">
     <w:name w:val="Bordered &amp; Lined - Accent 3"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeShade="95"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeShade="95"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeShade="95"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeShade="95"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeShade="95"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeShade="95"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
@@ -24523,53 +25103,53 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent3" w:themeFillTint="FE"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="F2F2F2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent3" w:themeFillTint="FE"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="F2F2F2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent3" w:themeFillTint="FE"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="737">
+  <w:style w:type="table" w:styleId="741">
     <w:name w:val="Bordered &amp; Lined - Accent 4"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeShade="95"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeShade="95"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeShade="95"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeShade="95"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeShade="95"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeShade="95"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
@@ -24621,53 +25201,53 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent4" w:themeFillTint="9A"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="F2F2F2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent4" w:themeFillTint="9A"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="F2F2F2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent4" w:themeFillTint="9A"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="738">
+  <w:style w:type="table" w:styleId="742">
     <w:name w:val="Bordered &amp; Lined - Accent 5"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeShade="95"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeShade="95"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeShade="95"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeShade="95"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeShade="95"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeShade="95"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
@@ -24719,53 +25299,53 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent5"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="F2F2F2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent5"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="F2F2F2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent5"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="739">
+  <w:style w:type="table" w:styleId="743">
     <w:name w:val="Bordered &amp; Lined - Accent 6"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeShade="95"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeShade="95"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeShade="95"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeShade="95"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeShade="95"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeShade="95"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
@@ -24817,53 +25397,53 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="F2F2F2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="F2F2F2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="740">
+  <w:style w:type="table" w:styleId="744">
     <w:name w:val="Bordered"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="26"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="26"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="26"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="26"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="26"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="text1" w:themeTint="26"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
@@ -24896,53 +25476,53 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:sz="12" w:space="0" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:sz="12" w:space="0" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="741">
+  <w:style w:type="table" w:styleId="745">
     <w:name w:val="Bordered - Accent 1"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="67"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="67"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="67"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="67"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="67"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent1" w:themeTint="67"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
@@ -24975,53 +25555,53 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:sz="12" w:space="0" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:sz="12" w:space="0" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="742">
+  <w:style w:type="table" w:styleId="746">
     <w:name w:val="Bordered - Accent 2"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="67"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="67"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="67"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="67"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="67"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent2" w:themeTint="67"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
@@ -25054,53 +25634,53 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:sz="12" w:space="0" w:themeColor="accent2" w:themeTint="97"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:sz="12" w:space="0" w:themeColor="accent2" w:themeTint="97"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="743">
+  <w:style w:type="table" w:styleId="747">
     <w:name w:val="Bordered - Accent 3"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="67"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="67"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="67"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="67"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="67"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent3" w:themeTint="67"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
@@ -25133,53 +25713,53 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:sz="12" w:space="0" w:themeColor="accent3" w:themeTint="98"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:sz="12" w:space="0" w:themeColor="accent3" w:themeTint="98"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="744">
+  <w:style w:type="table" w:styleId="748">
     <w:name w:val="Bordered - Accent 4"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="67"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="67"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="67"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="67"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="67"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent4" w:themeTint="67"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
@@ -25212,53 +25792,53 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:sz="12" w:space="0" w:themeColor="accent4" w:themeTint="9A"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:sz="12" w:space="0" w:themeColor="accent4" w:themeTint="9A"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="745">
+  <w:style w:type="table" w:styleId="749">
     <w:name w:val="Bordered - Accent 5"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeTint="67"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeTint="67"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeTint="67"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeTint="67"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeTint="67"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent5" w:themeTint="67"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
@@ -25291,53 +25871,53 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:sz="12" w:space="0" w:themeColor="accent5" w:themeTint="9A"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:sz="12" w:space="0" w:themeColor="accent5" w:themeTint="9A"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="746">
+  <w:style w:type="table" w:styleId="750">
     <w:name w:val="Bordered - Accent 6"/>
-    <w:basedOn w:val="765"/>
+    <w:basedOn w:val="769"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeTint="67"/>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeTint="67"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeTint="67"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeTint="67"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeTint="67"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0" w:themeColor="accent6" w:themeTint="67"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
@@ -25370,269 +25950,269 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:sz="12" w:space="0" w:themeColor="accent6" w:themeTint="98"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:sz="12" w:space="0" w:themeColor="accent6" w:themeTint="98"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="747">
+  <w:style w:type="character" w:styleId="751">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="748">
+  <w:style w:type="paragraph" w:styleId="752">
     <w:name w:val="footnote text"/>
-    <w:basedOn w:val="764"/>
-    <w:link w:val="749"/>
+    <w:basedOn w:val="768"/>
+    <w:link w:val="753"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:sz w:val="18"/>
     </w:rPr>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="40"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="749">
+  <w:style w:type="character" w:styleId="753">
     <w:name w:val="Footnote Text Char"/>
-    <w:link w:val="748"/>
+    <w:link w:val="752"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="750">
+  <w:style w:type="character" w:styleId="754">
     <w:name w:val="footnote reference"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="751">
+  <w:style w:type="paragraph" w:styleId="755">
     <w:name w:val="endnote text"/>
-    <w:basedOn w:val="764"/>
-    <w:link w:val="752"/>
+    <w:basedOn w:val="768"/>
+    <w:link w:val="756"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="752">
+  <w:style w:type="character" w:styleId="756">
     <w:name w:val="Endnote Text Char"/>
-    <w:link w:val="751"/>
+    <w:link w:val="755"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="753">
+  <w:style w:type="character" w:styleId="757">
     <w:name w:val="endnote reference"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="754">
+  <w:style w:type="paragraph" w:styleId="758">
     <w:name w:val="toc 1"/>
-    <w:basedOn w:val="764"/>
-    <w:next w:val="764"/>
+    <w:basedOn w:val="768"/>
+    <w:next w:val="768"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:spacing w:after="57"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="755">
+  <w:style w:type="paragraph" w:styleId="759">
     <w:name w:val="toc 2"/>
-    <w:basedOn w:val="764"/>
-    <w:next w:val="764"/>
+    <w:basedOn w:val="768"/>
+    <w:next w:val="768"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:ind w:left="283" w:right="0" w:firstLine="0"/>
       <w:spacing w:after="57"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="756">
+  <w:style w:type="paragraph" w:styleId="760">
     <w:name w:val="toc 3"/>
-    <w:basedOn w:val="764"/>
-    <w:next w:val="764"/>
+    <w:basedOn w:val="768"/>
+    <w:next w:val="768"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:ind w:left="567" w:right="0" w:firstLine="0"/>
       <w:spacing w:after="57"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="757">
+  <w:style w:type="paragraph" w:styleId="761">
     <w:name w:val="toc 4"/>
-    <w:basedOn w:val="764"/>
-    <w:next w:val="764"/>
+    <w:basedOn w:val="768"/>
+    <w:next w:val="768"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:ind w:left="850" w:right="0" w:firstLine="0"/>
       <w:spacing w:after="57"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="758">
+  <w:style w:type="paragraph" w:styleId="762">
     <w:name w:val="toc 5"/>
-    <w:basedOn w:val="764"/>
-    <w:next w:val="764"/>
+    <w:basedOn w:val="768"/>
+    <w:next w:val="768"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:ind w:left="1134" w:right="0" w:firstLine="0"/>
       <w:spacing w:after="57"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="759">
+  <w:style w:type="paragraph" w:styleId="763">
     <w:name w:val="toc 6"/>
-    <w:basedOn w:val="764"/>
-    <w:next w:val="764"/>
+    <w:basedOn w:val="768"/>
+    <w:next w:val="768"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:ind w:left="1417" w:right="0" w:firstLine="0"/>
       <w:spacing w:after="57"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="760">
+  <w:style w:type="paragraph" w:styleId="764">
     <w:name w:val="toc 7"/>
-    <w:basedOn w:val="764"/>
-    <w:next w:val="764"/>
+    <w:basedOn w:val="768"/>
+    <w:next w:val="768"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:ind w:left="1701" w:right="0" w:firstLine="0"/>
       <w:spacing w:after="57"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="761">
+  <w:style w:type="paragraph" w:styleId="765">
     <w:name w:val="toc 8"/>
-    <w:basedOn w:val="764"/>
-    <w:next w:val="764"/>
+    <w:basedOn w:val="768"/>
+    <w:next w:val="768"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:ind w:left="1984" w:right="0" w:firstLine="0"/>
       <w:spacing w:after="57"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="762">
+  <w:style w:type="paragraph" w:styleId="766">
     <w:name w:val="toc 9"/>
-    <w:basedOn w:val="764"/>
-    <w:next w:val="764"/>
+    <w:basedOn w:val="768"/>
+    <w:next w:val="768"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:ind w:left="2268" w:right="0" w:firstLine="0"/>
       <w:spacing w:after="57"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="763">
+  <w:style w:type="paragraph" w:styleId="767">
     <w:name w:val="TOC Heading"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="764" w:default="1">
+  <w:style w:type="paragraph" w:styleId="768" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="table" w:styleId="765" w:default="1">
+  <w:style w:type="table" w:styleId="769" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="108" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="766" w:default="1">
+  <w:style w:type="numbering" w:styleId="770" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="767">
+  <w:style w:type="paragraph" w:styleId="771">
     <w:name w:val="No Spacing"/>
-    <w:basedOn w:val="764"/>
+    <w:basedOn w:val="768"/>
     <w:qFormat/>
     <w:uiPriority w:val="1"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="768">
+  <w:style w:type="paragraph" w:styleId="772">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="764"/>
+    <w:basedOn w:val="768"/>
     <w:qFormat/>
     <w:uiPriority w:val="34"/>
     <w:pPr>
       <w:contextualSpacing w:val="true"/>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="769" w:default="1">
+  <w:style w:type="character" w:styleId="773" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/></Relationships>
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>